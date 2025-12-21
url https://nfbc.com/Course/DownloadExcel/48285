--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,161 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="CC DAY RIDE SHORT" sheetId="1" r:id="rId1"/>
+    <sheet name="CCR DAY RIDE SHORT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <si>
     <t>Miles</t>
   </si>
   <si>
     <t>Turn</t>
   </si>
   <si>
     <t>T/Y</t>
   </si>
   <si>
     <t>Road</t>
   </si>
   <si>
     <t>0.0</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>HEAD WEST ON CLARENCE CENTER RD</t>
-[...2 lines deleted...]
-    <t>1.1</t>
+    <t>HEAD WEST ON CLARENCE PATHWAYS</t>
+  </si>
+  <si>
+    <t>0.8</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>HEISE</t>
   </si>
   <si>
-    <t>2.4</t>
+    <t>2.1</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
-    <t>4.7</t>
+    <t>4.4</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>STRICKLER</t>
   </si>
   <si>
-    <t>5.3</t>
+    <t>4.9</t>
   </si>
   <si>
     <t>LAPP</t>
   </si>
   <si>
-    <t>5.5</t>
+    <t>5.1</t>
   </si>
   <si>
     <t>SALT</t>
   </si>
   <si>
-    <t>6.5</t>
+    <t>6.2</t>
   </si>
   <si>
     <t>CEDAR</t>
   </si>
   <si>
-    <t>8.1</t>
+    <t>7.7</t>
   </si>
   <si>
     <t>BERGHORN</t>
   </si>
   <si>
-    <t>8.6</t>
+    <t>8.2</t>
   </si>
   <si>
     <t>MILAND</t>
   </si>
   <si>
-    <t>10.0</t>
-[...2 lines deleted...]
-    <t>10.9</t>
+    <t>9.6</t>
+  </si>
+  <si>
+    <t>10.6</t>
   </si>
   <si>
     <t>CROOP</t>
   </si>
   <si>
-    <t>12.0</t>
-[...2 lines deleted...]
-    <t>12.5</t>
+    <t>11.6</t>
+  </si>
+  <si>
+    <t>12.1</t>
   </si>
   <si>
     <t>KELLER</t>
   </si>
   <si>
-    <t>13.5</t>
+    <t>13.2</t>
   </si>
   <si>
     <t>HERR</t>
   </si>
   <si>
-    <t>14.2</t>
-[...5 lines deleted...]
-    <t>14.5</t>
+    <t>13.6</t>
+  </si>
+  <si>
+    <t>CLARENCE PATHWAYS</t>
+  </si>
+  <si>
+    <t>14.1</t>
   </si>
   <si>
     <t>FINISH!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>