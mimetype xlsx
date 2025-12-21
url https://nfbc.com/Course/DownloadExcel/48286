--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,227 +1,239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="CC DAY LONG" sheetId="1" r:id="rId1"/>
+    <sheet name="CCR DAY LONG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Miles</t>
   </si>
   <si>
     <t>Turn</t>
   </si>
   <si>
     <t>T/Y</t>
   </si>
   <si>
     <t>Road</t>
   </si>
   <si>
     <t>0.0</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>HEAD WEST ON CLARENCE CENTER RD</t>
-[...2 lines deleted...]
-    <t>1.1</t>
+    <t>HEAD WEST ON CLARENCE PATHWAYS</t>
+  </si>
+  <si>
+    <t>0.8</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>HEISE</t>
   </si>
   <si>
-    <t>3.1</t>
+    <t>2.6</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>LAPP</t>
   </si>
   <si>
-    <t>4.1</t>
+    <t>3.7</t>
   </si>
   <si>
     <t>KENFIELD</t>
   </si>
   <si>
-    <t>5.1</t>
+    <t>4.7</t>
   </si>
   <si>
     <t>WOLCOTT</t>
   </si>
   <si>
-    <t>5.4</t>
+    <t>5.0</t>
   </si>
   <si>
     <t>NORTHFIELD</t>
   </si>
   <si>
-    <t>6.3</t>
+    <t>5.9</t>
   </si>
   <si>
     <t>SESH</t>
   </si>
   <si>
-    <t>7.8</t>
+    <t>7.4</t>
   </si>
   <si>
     <t>GOODRICH</t>
   </si>
   <si>
-    <t>9.1</t>
+    <t>8.7</t>
   </si>
   <si>
     <t>TONAWANDA CREEK</t>
   </si>
   <si>
-    <t>9.2</t>
-[...2 lines deleted...]
-    <t>11.1</t>
+    <t>10.7</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>RAPIDS</t>
   </si>
   <si>
-    <t>12.3</t>
-[...2 lines deleted...]
-    <t>12.5</t>
+    <t>11.9</t>
+  </si>
+  <si>
+    <t>12.1</t>
   </si>
   <si>
     <t>KELKENBERG</t>
   </si>
   <si>
-    <t>13.6</t>
+    <t>13.2</t>
   </si>
   <si>
     <t>BURDICK</t>
   </si>
   <si>
-    <t>14.6</t>
-[...2 lines deleted...]
-    <t>16.5</t>
+    <t>14.2</t>
+  </si>
+  <si>
+    <t>16.1</t>
   </si>
   <si>
     <t>GREENBUSH/PHEASANT GREENBUSH</t>
   </si>
   <si>
-    <t>18.5</t>
-[...2 lines deleted...]
-    <t>19.3</t>
+    <t>18.1</t>
+  </si>
+  <si>
+    <t>18.9</t>
   </si>
   <si>
     <t>DOWNEY</t>
   </si>
   <si>
-    <t>20.0</t>
+    <t>19.6</t>
   </si>
   <si>
     <t>MEAHL</t>
   </si>
   <si>
-    <t>20.7</t>
+    <t>20.3</t>
   </si>
   <si>
     <t>DRAPER</t>
   </si>
   <si>
-    <t>22.0</t>
+    <t>21.6</t>
   </si>
   <si>
     <t>MCNEELEY</t>
   </si>
   <si>
-    <t>22.3</t>
+    <t>21.8</t>
   </si>
   <si>
     <t>DYE</t>
   </si>
   <si>
-    <t>23.0</t>
+    <t>22.6</t>
   </si>
   <si>
     <t>CLARENCE CENTER</t>
   </si>
   <si>
-    <t>24.1</t>
+    <t>23.6</t>
   </si>
   <si>
     <t>BARNUM</t>
   </si>
   <si>
-    <t>24.7</t>
+    <t>24.3</t>
   </si>
   <si>
     <t>HOWE</t>
   </si>
   <si>
-    <t>26.5</t>
+    <t>26.1</t>
   </si>
   <si>
     <t>SALT</t>
   </si>
   <si>
-    <t>26.8</t>
-[...2 lines deleted...]
-    <t>29.1</t>
+    <t>26.4</t>
+  </si>
+  <si>
+    <t>28.9</t>
+  </si>
+  <si>
+    <t>RAILROAD</t>
+  </si>
+  <si>
+    <t>29.2</t>
+  </si>
+  <si>
+    <t>VILLAGE MILL</t>
+  </si>
+  <si>
+    <t>29.3</t>
+  </si>
+  <si>
+    <t>CLARENCE PATHWAYS</t>
   </si>
   <si>
     <t>FINISH!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,51 +318,51 @@
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" borderId="2" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="3" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" borderId="4" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="5" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="6" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" borderId="7" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="8" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="9" applyBorder="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
@@ -454,299 +466,341 @@
         <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="8" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D14" s="8" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="8" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D17" s="8" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="8" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="8" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D21" s="8" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D22" s="8" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D23" s="8" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D24" s="8" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D26" s="8" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D27" s="8" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D29" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="8" t="s">
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="s">
         <v>58</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D30" s="9"/>
+      <c r="B30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="6"/>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="9"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>